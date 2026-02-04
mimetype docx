--- v0 (2025-12-09)
+++ v1 (2026-02-04)
@@ -13594,51 +13594,51 @@
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Description0 xmlns="d685447d-3649-4b5e-9e42-3e35ff7457d8">Certificate of Design 2023 version</Description0>
-    <Order0 xmlns="3844100e-a88e-4e26-9810-9ccddb658aac">14</Order0>
+    <Order0 xmlns="3844100e-a88e-4e26-9810-9ccddb658aac">13</Order0>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB1CB0B3-C57F-4EA7-BCF4-E52C864FC47E}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{722B21E7-8D88-4DA6-BA9E-2901FC7679B8}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F8CA36E-443C-4DBF-B70C-E52E721A32ED}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SMP-31-A.dot</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>547</Words>
   <Characters>3120</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
@@ -13649,44 +13649,44 @@
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NRDSMRE</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3660</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>SMP-31-A - Dec 2023</dc:title>
+  <dc:title>SMP-31-A</dc:title>
   <dc:subject/>
   <dc:creator>frazierr</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A32A5CF336559B4EA0F873F716FF4C8E</vt:lpwstr>
   </property>
 </Properties>
 </file>